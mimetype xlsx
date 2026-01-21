--- v0 (2025-11-10)
+++ v1 (2026-01-21)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="74">
   <si>
-    <t>European Moth Nights 2025 (29.05 - 02.06)</t>
+    <t>European Moth Nights 2026 (14.08 - 17.08)</t>
   </si>
   <si>
     <t>Name:</t>
   </si>
   <si>
     <t xml:space="preserve">Adress: </t>
   </si>
   <si>
     <t>e-mail:</t>
   </si>
   <si>
     <t>Please send filled Excel sheet to:</t>
   </si>
   <si>
     <t>dr Iwona Słowińska, Katedra Zoologii Bezkręgowców i Hydrobiologii. Uniwersytet Łódzki, ul. Banacha 12/16, 90-237 Łódź, POLSKA</t>
   </si>
   <si>
     <t>iwona.slowinska@biol.uni.lodz.pl</t>
   </si>
   <si>
     <t>Comments (mandatory fields are marked in red):</t>
   </si>
   <si>
     <t>Karsholt &amp; Razowski 1996 identification number</t>
   </si>
@@ -1043,51 +1043,51 @@
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="13.7109375" customWidth="true" style="0"/>
     <col min="2" max="2" width="15.7109375" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.7109375" customWidth="true" style="0"/>
     <col min="4" max="4" width="18.7109375" customWidth="true" style="0"/>
     <col min="5" max="5" width="28.7109375" customWidth="true" style="0"/>
     <col min="6" max="6" width="8.7109375" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="16.7109375" customWidth="true" style="0"/>
     <col min="9" max="9" width="24.7109375" customWidth="true" style="0"/>
     <col min="10" max="10" width="8.7109375" customWidth="true" style="0"/>
     <col min="11" max="11" width="8.7109375" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.7109375" customWidth="true" style="0"/>
     <col min="13" max="13" width="26.7109375" customWidth="true" style="0"/>
     <col min="14" max="14" width="18.7109375" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.7109375" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.7109375" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.7109375" customWidth="true" style="0"/>
     <col min="18" max="18" width="25.7109375" customWidth="true" style="0"/>
     <col min="19" max="19" width="25.7109375" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:19" customHeight="1" ht="50.1">
       <c r="A1" s="1">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:19">
       <c r="A3" s="30" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="45"/>
       <c r="C3" s="46"/>
       <c r="D3" s="46"/>
       <c r="E3" s="46"/>
       <c r="F3" s="47"/>
     </row>
     <row r="4" spans="1:19">
       <c r="A4" s="30" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="45"/>
       <c r="C4" s="46"/>
       <c r="D4" s="46"/>
       <c r="E4" s="46"/>
       <c r="F4" s="47"/>
     </row>